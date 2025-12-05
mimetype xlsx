--- v0 (2025-10-18)
+++ v1 (2025-12-05)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d6d980a2ed24d1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3686b3807fc848769ba0e04825c371f5.psmdcp" Id="R311bbc6be5f14672" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fb25dcfb0ee4264" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3d669d8b037c4000b4747b18d5f575ee.psmdcp" Id="R7d5452e8eeb74cb6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="VwCommodityTransaction" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="13" uniqueCount="13">
   <x:si>
     <x:t>MarketDate</x:t>
   </x:si>
   <x:si>
     <x:t>DistrictName</x:t>
   </x:si>
   <x:si>