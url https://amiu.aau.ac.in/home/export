--- v1 (2025-12-05)
+++ v2 (2026-01-27)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fb25dcfb0ee4264" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3d669d8b037c4000b4747b18d5f575ee.psmdcp" Id="R7d5452e8eeb74cb6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b451b5c52b9424f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/df978796c7e24abb8353f564f48fb040.psmdcp" Id="R18b1697001044af6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="VwCommodityTransaction" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="13" uniqueCount="13">
   <x:si>
     <x:t>MarketDate</x:t>
   </x:si>
   <x:si>
     <x:t>DistrictName</x:t>
   </x:si>
   <x:si>