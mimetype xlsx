--- v2 (2026-01-27)
+++ v3 (2026-03-13)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b451b5c52b9424f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/df978796c7e24abb8353f564f48fb040.psmdcp" Id="R18b1697001044af6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a655df4579e4cf9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ec522e7db0d44aaa88489fa94544bfc5.psmdcp" Id="Rfef92a837abe4a2e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="VwCommodityTransaction" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="13" uniqueCount="13">
   <x:si>
     <x:t>MarketDate</x:t>
   </x:si>
   <x:si>
     <x:t>DistrictName</x:t>
   </x:si>
   <x:si>